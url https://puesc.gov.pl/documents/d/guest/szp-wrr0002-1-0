--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -15075,88 +15075,83 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A706E55C-05D6-46ED-95B6-DB3E93202D3E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{322A874D-17A9-4ECE-A00E-593F04FE8A79}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="004bd2c7-a045-4aec-92ba-df4032089123"/>
     <ds:schemaRef ds:uri="d8c9acc8-6ac6-40e1-b25b-df0bb79813aa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
   <Words>999</Words>
   <Characters>5996</Characters>
-  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Specyfikacja XML dla podmiotów w zakresie elektronicznej obsługi wniosku o aktualizacje danych osoby fizycznej WRR0002</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6982</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Specyfikacja XML dla podmiotów w zakresie elektronicznej obsługi wniosku o aktualizacje danych osoby fizycznej WRR0002</dc:title>
   <dc:subject/>
   <dc:creator/>
-  <cp:keywords>SZPROT</cp:keywords>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101008E3B20D911E2FC498738007EA987DD07</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MFCATEGORY">
     <vt:lpwstr>InformacjePubliczneInformacjeSektoraPublicznego</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MFClassifiedBy">
     <vt:lpwstr>UxC4dwLulzfINJ8nQH+xvX5LNGipWa4BRSZhPgxsCvkhYFwYJBM1maEm7snZMTiPsNNs+DNuRvW+BCaKxHmJjw==</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MFClassificationDate">
     <vt:lpwstr>2023-09-12T12:01:35.5951649+02:00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MFClassifiedBySID">
     <vt:lpwstr>UxC4dwLulzfINJ8nQH+xvX5LNGipWa4BRSZhPgxsCvm42mrIC/DSDv0ggS+FjUN/2v1BBotkLlY5aAiEhoi6uRJksKkpX1F/u1Zr3hYNxJIlbMICo7llpWTQWzE6/+qc</vt:lpwstr>