--- v0 (2025-10-08)
+++ v1 (2025-11-02)
@@ -40464,88 +40464,83 @@
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
   <Words>4199</Words>
   <Characters>25195</Characters>
-  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>209</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SZP-WDAUO01-1.0.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>29336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>SZP-WDAUW01-1.0.docx</dc:title>
   <dc:subject/>
   <dc:creator/>
-  <cp:keywords>SZPROT</cp:keywords>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MFCATEGORY">
     <vt:lpwstr>InformacjePrzeznaczoneWylacznieDoUzytkuWewnetrznego</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MFClassifiedBy">
     <vt:lpwstr>UxC4dwLulzfINJ8nQH+xvX5LNGipWa4BRSZhPgxsCvn/PbaNeNV5DRqbtsdKyZqtmmk56k+dBji3h0FhsSY5SA==</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MFClassificationDate">
     <vt:lpwstr>2025-05-08T11:31:17.0774425+02:00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MFClassifiedBySID">
     <vt:lpwstr>UxC4dwLulzfINJ8nQH+xvX5LNGipWa4BRSZhPgxsCvm42mrIC/DSDv0ggS+FjUN/2v1BBotkLlY5aAiEhoi6uXfShv97peJhPZRnICAeuAMtLji8ERY8di4sRFP1v+UG</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MFGRNItemId">
     <vt:lpwstr>GRN-7c5d806b-4fb8-49b8-a638-08dff67f3a4c</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MFHash">
     <vt:lpwstr>udH0xVElcbbXmMWvS6VAMSw3tis928Yd713K7aYt6J0=</vt:lpwstr>
   </property>